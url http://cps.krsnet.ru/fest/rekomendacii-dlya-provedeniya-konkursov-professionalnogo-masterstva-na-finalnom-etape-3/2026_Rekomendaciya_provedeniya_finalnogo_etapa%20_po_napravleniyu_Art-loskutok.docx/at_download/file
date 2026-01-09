--- v0 (2025-12-16)
+++ v1 (2026-01-09)
@@ -139,65 +139,76 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00180FC3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>по направлению «</w:t>
       </w:r>
       <w:r w:rsidR="00180FC3" w:rsidRPr="00180FC3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>АРТ-</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00180FC3" w:rsidRPr="00180FC3">
+        <w:t>АРТ-ло</w:t>
+      </w:r>
+      <w:r w:rsidR="006608EA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>локуток</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>с</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00180FC3" w:rsidRPr="00180FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>куток</w:t>
+      </w:r>
       <w:r w:rsidRPr="00180FC3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
       <w:r w:rsidR="00034158">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A73225">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -5603,52 +5614,50 @@
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3933" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="008D55FF" w:rsidRPr="008D55FF" w:rsidRDefault="008D55FF" w:rsidP="00F55362">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="008D55FF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>Приложение №</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="001E48C6" w:rsidRPr="008D55FF" w:rsidRDefault="008D55FF" w:rsidP="001E48C6">
             <w:pPr>
               <w:spacing w:after="200"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D55FF">
@@ -11105,58 +11114,58 @@
         <w:t>ФИО члена жюри________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00080A6C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>_______Дата_____________________Подпись_________________</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="004C1187" w:rsidRPr="00995EA1" w:rsidSect="004C1187">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1418" w:right="1134" w:bottom="1134" w:left="1134" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="326" w:charSpace="-6145"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="008A594A" w:rsidRDefault="008A594A" w:rsidP="00D24FCF">
+    <w:p w:rsidR="00F30084" w:rsidRDefault="00F30084" w:rsidP="00D24FCF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="008A594A" w:rsidRDefault="008A594A" w:rsidP="00D24FCF">
+    <w:p w:rsidR="00F30084" w:rsidRDefault="00F30084" w:rsidP="00D24FCF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -11238,58 +11247,58 @@
   <w:font w:name="DejaVu Sans">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Noto Sans CJK SC Regular">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="008A594A" w:rsidRDefault="008A594A" w:rsidP="00D24FCF">
+    <w:p w:rsidR="00F30084" w:rsidRDefault="00F30084" w:rsidP="00D24FCF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="008A594A" w:rsidRDefault="008A594A" w:rsidP="00D24FCF">
+    <w:p w:rsidR="00F30084" w:rsidRDefault="00F30084" w:rsidP="00D24FCF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00A610ED"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="296C8216"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="375" w:hanging="375"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
@@ -15757,50 +15766,51 @@
     <w:rsid w:val="004D3143"/>
     <w:rsid w:val="004E0A96"/>
     <w:rsid w:val="004E5E8C"/>
     <w:rsid w:val="00510E8D"/>
     <w:rsid w:val="00523D97"/>
     <w:rsid w:val="00527417"/>
     <w:rsid w:val="00534E79"/>
     <w:rsid w:val="00545DDA"/>
     <w:rsid w:val="005504A0"/>
     <w:rsid w:val="00564A67"/>
     <w:rsid w:val="0056506B"/>
     <w:rsid w:val="005802A0"/>
     <w:rsid w:val="00592BF5"/>
     <w:rsid w:val="005B3604"/>
     <w:rsid w:val="005C212B"/>
     <w:rsid w:val="005C5877"/>
     <w:rsid w:val="005D3394"/>
     <w:rsid w:val="005E4563"/>
     <w:rsid w:val="005F3E24"/>
     <w:rsid w:val="00604C54"/>
     <w:rsid w:val="00616E25"/>
     <w:rsid w:val="0062661F"/>
     <w:rsid w:val="0062667D"/>
     <w:rsid w:val="006476E1"/>
     <w:rsid w:val="00655A9E"/>
+    <w:rsid w:val="006608EA"/>
     <w:rsid w:val="00661BE4"/>
     <w:rsid w:val="006773EC"/>
     <w:rsid w:val="00681CA5"/>
     <w:rsid w:val="0068450C"/>
     <w:rsid w:val="006874F7"/>
     <w:rsid w:val="006A407C"/>
     <w:rsid w:val="006A7879"/>
     <w:rsid w:val="006C0929"/>
     <w:rsid w:val="006C5594"/>
     <w:rsid w:val="006E0958"/>
     <w:rsid w:val="006E643D"/>
     <w:rsid w:val="006F21FD"/>
     <w:rsid w:val="006F3B8D"/>
     <w:rsid w:val="00710CFF"/>
     <w:rsid w:val="00713C57"/>
     <w:rsid w:val="00736043"/>
     <w:rsid w:val="0074700D"/>
     <w:rsid w:val="007470BB"/>
     <w:rsid w:val="00770366"/>
     <w:rsid w:val="00771C1E"/>
     <w:rsid w:val="00772E38"/>
     <w:rsid w:val="00793E9C"/>
     <w:rsid w:val="007B0223"/>
     <w:rsid w:val="007B0D1B"/>
     <w:rsid w:val="007B2B1C"/>
@@ -15910,50 +15920,51 @@
     <w:rsid w:val="00D72A47"/>
     <w:rsid w:val="00D764FC"/>
     <w:rsid w:val="00D8742D"/>
     <w:rsid w:val="00D93B42"/>
     <w:rsid w:val="00DF3675"/>
     <w:rsid w:val="00E040E4"/>
     <w:rsid w:val="00E05F9B"/>
     <w:rsid w:val="00E138D8"/>
     <w:rsid w:val="00E16BE6"/>
     <w:rsid w:val="00E239CD"/>
     <w:rsid w:val="00E34A4E"/>
     <w:rsid w:val="00E35BB2"/>
     <w:rsid w:val="00E36A4E"/>
     <w:rsid w:val="00E4403C"/>
     <w:rsid w:val="00E50F79"/>
     <w:rsid w:val="00EA4AEE"/>
     <w:rsid w:val="00EA7EA0"/>
     <w:rsid w:val="00EB0DF9"/>
     <w:rsid w:val="00EB3040"/>
     <w:rsid w:val="00EC4C18"/>
     <w:rsid w:val="00ED6B3A"/>
     <w:rsid w:val="00EE1D86"/>
     <w:rsid w:val="00F03713"/>
     <w:rsid w:val="00F05720"/>
     <w:rsid w:val="00F22A35"/>
+    <w:rsid w:val="00F30084"/>
     <w:rsid w:val="00F4470B"/>
     <w:rsid w:val="00F625A2"/>
     <w:rsid w:val="00F80F4B"/>
     <w:rsid w:val="00F97851"/>
     <w:rsid w:val="00FB0099"/>
     <w:rsid w:val="00FE2CBD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
@@ -19245,94 +19256,94 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD0AC432-38BA-43FB-98DC-3F56B78CD1A3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3D202563-D433-43CD-8BA7-21D6862AB56B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
+  <Pages>1</Pages>
   <Words>1864</Words>
-  <Characters>10627</Characters>
+  <Characters>10628</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>88</Lines>
   <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12467</CharactersWithSpaces>
+  <CharactersWithSpaces>12468</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь Windows</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>ru-RU</dc:language>
 </cp:coreProperties>
 </file>