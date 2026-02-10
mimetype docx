--- v1 (2026-01-09)
+++ v2 (2026-02-10)
@@ -152,52 +152,50 @@
         </w:rPr>
         <w:t>по направлению «</w:t>
       </w:r>
       <w:r w:rsidR="00180FC3" w:rsidRPr="00180FC3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>АРТ-ло</w:t>
       </w:r>
       <w:r w:rsidR="006608EA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>с</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00180FC3" w:rsidRPr="00180FC3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>куток</w:t>
       </w:r>
       <w:r w:rsidRPr="00180FC3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
       <w:r w:rsidR="00034158">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -540,79 +538,79 @@
       </w:r>
       <w:r w:rsidR="000D7B9C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>финального</w:t>
       </w:r>
       <w:r w:rsidR="00C906C6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> этапа</w:t>
       </w:r>
       <w:r w:rsidR="003F0238" w:rsidRPr="00A73225">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="009D72AB">
+      <w:r w:rsidR="00E7774A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000D7B9C">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="009D72AB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>3</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009D72AB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E7774A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> января</w:t>
+        <w:t>февраля</w:t>
       </w:r>
       <w:r w:rsidR="00D93B42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009D72AB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="0088130B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -1828,76 +1826,87 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ются </w:t>
       </w:r>
       <w:r w:rsidR="0088130B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
       <w:r w:rsidRPr="00A73225">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">до </w:t>
       </w:r>
+      <w:r w:rsidR="00E7774A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A73225">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E7774A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>февраля</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>16</w:t>
-[...17 lines deleted...]
-        <w:t>января 202</w:t>
+        <w:t xml:space="preserve"> 202</w:t>
       </w:r>
       <w:r w:rsidR="0088130B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00A73225">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> года по </w:t>
       </w:r>
       <w:r w:rsidRPr="00A73225">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -2436,93 +2445,93 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002C3DB2" w:rsidRPr="003D2669">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>до 17:00</w:t>
       </w:r>
       <w:r w:rsidR="002C3DB2" w:rsidRPr="003D2669">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00943EB7" w:rsidRPr="003D2669">
+      <w:r w:rsidR="00475F6A" w:rsidRPr="003D2669">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00475F6A" w:rsidRPr="003D2669">
+      <w:r w:rsidR="002D76EB" w:rsidRPr="003D2669">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002D76EB" w:rsidRPr="003D2669">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E7774A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>февраля</w:t>
       </w:r>
       <w:r w:rsidR="009D72AB" w:rsidRPr="003D2669">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>января 202</w:t>
+        <w:t xml:space="preserve"> 202</w:t>
       </w:r>
       <w:r w:rsidR="0088130B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="0013051C" w:rsidRPr="003D2669">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> год</w:t>
       </w:r>
       <w:r w:rsidR="009866B0" w:rsidRPr="003D2669">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -3545,60 +3554,115 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="000503BE" w:rsidRPr="004C6263" w:rsidRDefault="000503BE" w:rsidP="004C6263">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C6263">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">На очном финальном этапе </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A44604">
+      <w:r w:rsidR="00E7774A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>23 января 2025 г.</w:t>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44604">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E7774A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>февраля</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44604">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00E7774A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44604">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> г.</w:t>
       </w:r>
       <w:r w:rsidRPr="004C6263">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> участник представляет свою работу и проводит её краткую устную презентацию, в ходе которой должен:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000503BE" w:rsidRDefault="00A44604" w:rsidP="000503BE">
       <w:pPr>
         <w:pStyle w:val="af0"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -11114,58 +11178,58 @@
         <w:t>ФИО члена жюри________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00080A6C">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>_______Дата_____________________Подпись_________________</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="004C1187" w:rsidRPr="00995EA1" w:rsidSect="004C1187">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1418" w:right="1134" w:bottom="1134" w:left="1134" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="326" w:charSpace="-6145"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F30084" w:rsidRDefault="00F30084" w:rsidP="00D24FCF">
+    <w:p w:rsidR="007B7526" w:rsidRDefault="007B7526" w:rsidP="00D24FCF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F30084" w:rsidRDefault="00F30084" w:rsidP="00D24FCF">
+    <w:p w:rsidR="007B7526" w:rsidRDefault="007B7526" w:rsidP="00D24FCF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -11176,129 +11240,130 @@
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Serif">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="01"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000004" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="OpenSymbol;Arial Unicode MS">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="OpenSymbol">
-    <w:altName w:val="MS Gothic"/>
-[...1 lines deleted...]
-    <w:family w:val="roman"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800000AF" w:usb1="1001ECEA" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Noto Sans CJK SC">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Lohit Devanagari">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="01"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Liberation Sans">
-    <w:altName w:val="Yu Gothic"/>
-    <w:charset w:val="80"/>
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="WenQuanYi Micro Hei">
     <w:altName w:val="MS Gothic"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Mangal">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="01"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DejaVu Sans">
-    <w:altName w:val="Times New Roman"/>
-[...2 lines deleted...]
-    <w:pitch w:val="default"/>
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="5200F5FF" w:usb2="0A242021" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Noto Sans CJK SC Regular">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F30084" w:rsidRDefault="00F30084" w:rsidP="00D24FCF">
+    <w:p w:rsidR="007B7526" w:rsidRDefault="007B7526" w:rsidP="00D24FCF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F30084" w:rsidRDefault="00F30084" w:rsidP="00D24FCF">
+    <w:p w:rsidR="007B7526" w:rsidRDefault="007B7526" w:rsidP="00D24FCF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00A610ED"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="296C8216"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="375" w:hanging="375"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
@@ -15794,50 +15859,51 @@
     <w:rsid w:val="00681CA5"/>
     <w:rsid w:val="0068450C"/>
     <w:rsid w:val="006874F7"/>
     <w:rsid w:val="006A407C"/>
     <w:rsid w:val="006A7879"/>
     <w:rsid w:val="006C0929"/>
     <w:rsid w:val="006C5594"/>
     <w:rsid w:val="006E0958"/>
     <w:rsid w:val="006E643D"/>
     <w:rsid w:val="006F21FD"/>
     <w:rsid w:val="006F3B8D"/>
     <w:rsid w:val="00710CFF"/>
     <w:rsid w:val="00713C57"/>
     <w:rsid w:val="00736043"/>
     <w:rsid w:val="0074700D"/>
     <w:rsid w:val="007470BB"/>
     <w:rsid w:val="00770366"/>
     <w:rsid w:val="00771C1E"/>
     <w:rsid w:val="00772E38"/>
     <w:rsid w:val="00793E9C"/>
     <w:rsid w:val="007B0223"/>
     <w:rsid w:val="007B0D1B"/>
     <w:rsid w:val="007B2B1C"/>
     <w:rsid w:val="007B3539"/>
     <w:rsid w:val="007B4377"/>
+    <w:rsid w:val="007B7526"/>
     <w:rsid w:val="007C53F1"/>
     <w:rsid w:val="007C6EFD"/>
     <w:rsid w:val="007D5DD5"/>
     <w:rsid w:val="007D7754"/>
     <w:rsid w:val="007F29E1"/>
     <w:rsid w:val="007F3E4F"/>
     <w:rsid w:val="007F6BB9"/>
     <w:rsid w:val="008022EE"/>
     <w:rsid w:val="00805426"/>
     <w:rsid w:val="00831F01"/>
     <w:rsid w:val="00832838"/>
     <w:rsid w:val="00852214"/>
     <w:rsid w:val="00862004"/>
     <w:rsid w:val="008703AA"/>
     <w:rsid w:val="00871BC3"/>
     <w:rsid w:val="0088130B"/>
     <w:rsid w:val="008900EC"/>
     <w:rsid w:val="008A594A"/>
     <w:rsid w:val="008C0CB3"/>
     <w:rsid w:val="008D0157"/>
     <w:rsid w:val="008D09F0"/>
     <w:rsid w:val="008D55FF"/>
     <w:rsid w:val="008E788B"/>
     <w:rsid w:val="00914242"/>
     <w:rsid w:val="009239B3"/>
@@ -15910,50 +15976,51 @@
     <w:rsid w:val="00CF63CD"/>
     <w:rsid w:val="00D14FD0"/>
     <w:rsid w:val="00D17C23"/>
     <w:rsid w:val="00D24FCF"/>
     <w:rsid w:val="00D31035"/>
     <w:rsid w:val="00D34BFE"/>
     <w:rsid w:val="00D504BD"/>
     <w:rsid w:val="00D54074"/>
     <w:rsid w:val="00D54877"/>
     <w:rsid w:val="00D5579F"/>
     <w:rsid w:val="00D72A47"/>
     <w:rsid w:val="00D764FC"/>
     <w:rsid w:val="00D8742D"/>
     <w:rsid w:val="00D93B42"/>
     <w:rsid w:val="00DF3675"/>
     <w:rsid w:val="00E040E4"/>
     <w:rsid w:val="00E05F9B"/>
     <w:rsid w:val="00E138D8"/>
     <w:rsid w:val="00E16BE6"/>
     <w:rsid w:val="00E239CD"/>
     <w:rsid w:val="00E34A4E"/>
     <w:rsid w:val="00E35BB2"/>
     <w:rsid w:val="00E36A4E"/>
     <w:rsid w:val="00E4403C"/>
     <w:rsid w:val="00E50F79"/>
+    <w:rsid w:val="00E7774A"/>
     <w:rsid w:val="00EA4AEE"/>
     <w:rsid w:val="00EA7EA0"/>
     <w:rsid w:val="00EB0DF9"/>
     <w:rsid w:val="00EB3040"/>
     <w:rsid w:val="00EC4C18"/>
     <w:rsid w:val="00ED6B3A"/>
     <w:rsid w:val="00EE1D86"/>
     <w:rsid w:val="00F03713"/>
     <w:rsid w:val="00F05720"/>
     <w:rsid w:val="00F22A35"/>
     <w:rsid w:val="00F30084"/>
     <w:rsid w:val="00F4470B"/>
     <w:rsid w:val="00F625A2"/>
     <w:rsid w:val="00F80F4B"/>
     <w:rsid w:val="00F97851"/>
     <w:rsid w:val="00FB0099"/>
     <w:rsid w:val="00FE2CBD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
@@ -19256,77 +19323,77 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3D202563-D433-43CD-8BA7-21D6862AB56B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{444F3741-E396-4762-9E1F-E5740C2F4399}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
+  <Pages>9</Pages>
   <Words>1864</Words>
   <Characters>10628</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>88</Lines>
   <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>12468</CharactersWithSpaces>