--- v0 (2025-11-21)
+++ v1 (2025-12-16)
@@ -558,51 +558,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> «</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="0013051C" w:rsidRPr="00A73225">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Центр</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="0013051C" w:rsidRPr="00A73225">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> профессионального самоопределения».</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AE8DC7B" w14:textId="32FB23A5" w:rsidR="00BE568A" w:rsidRPr="00A73225" w:rsidRDefault="0052056D" w:rsidP="00C145F6">
+    <w:p w14:paraId="2AE8DC7B" w14:textId="152F4302" w:rsidR="00BE568A" w:rsidRPr="00A73225" w:rsidRDefault="0052056D" w:rsidP="00C145F6">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:r w:rsidR="00185B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -634,81 +634,91 @@
       </w:r>
       <w:r w:rsidR="003F0238" w:rsidRPr="00A73225">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="008F22F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="008F22F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>2 дека</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00ED0E7B">
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r w:rsidR="00E12D47">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>бря</w:t>
+        <w:t>февраля</w:t>
       </w:r>
       <w:r w:rsidR="00D93B42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009D72AB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>2025</w:t>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00E12D47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="007B4377" w:rsidRPr="00A73225">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009D72AB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">г. </w:t>
       </w:r>
       <w:r w:rsidR="008F22F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -1817,51 +1827,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00C906C6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>аудитория 1</w:t>
       </w:r>
       <w:r w:rsidR="00C906C6" w:rsidRPr="00EC4C18">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>-07.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55D361E9" w14:textId="6D90846F" w:rsidR="008F22F4" w:rsidRPr="00A73225" w:rsidRDefault="008F22F4" w:rsidP="00C145F6">
+    <w:p w14:paraId="55D361E9" w14:textId="66ECBCEC" w:rsidR="008F22F4" w:rsidRPr="00A73225" w:rsidRDefault="008F22F4" w:rsidP="00C145F6">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="006D6519">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -1899,51 +1909,84 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>проведении финального этапа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t>2 декабря 2025</w:t>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r w:rsidR="0047700D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>февраля</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="0047700D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>года в 10.00 и 13:00</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -3168,52 +3211,50 @@
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2748E21F" w14:textId="77777777" w:rsidR="002D0352" w:rsidRDefault="002D0352" w:rsidP="008D55FF">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
           <w:p w14:paraId="1176CB1C" w14:textId="77777777" w:rsidR="008D55FF" w:rsidRPr="00371E91" w:rsidRDefault="008D55FF" w:rsidP="00371E91">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00371E91">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>Приложение №1</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="71DD4F95" w14:textId="34480E86" w:rsidR="008D55FF" w:rsidRPr="00646C3F" w:rsidRDefault="008D55FF" w:rsidP="00345C5B">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
@@ -4446,499 +4487,117 @@
             <w:r w:rsidR="009931AB" w:rsidRPr="00A73225">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ивановна, учитель технологии</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5B0CE7D8" w14:textId="73813ADB" w:rsidR="000404B1" w:rsidRDefault="000404B1" w:rsidP="00D17C23">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3FBBD4DA" w14:textId="77777777" w:rsidR="000404B1" w:rsidRDefault="000404B1">
+    <w:p w14:paraId="261D719C" w14:textId="02E8FD20" w:rsidR="001E2143" w:rsidRDefault="001E2143">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="3F435B37" w14:textId="77777777" w:rsidR="0047700D" w:rsidRDefault="0047700D">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:br w:type="page"/>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D56B86D" w14:textId="77777777" w:rsidR="001E2143" w:rsidRDefault="001E2143">
+    <w:p w14:paraId="160F155E" w14:textId="77777777" w:rsidR="0047700D" w:rsidRDefault="0047700D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="02EE3140" w14:textId="77777777" w:rsidR="001E2143" w:rsidRDefault="001E2143">
+    <w:p w14:paraId="5BB36D18" w14:textId="77777777" w:rsidR="0047700D" w:rsidRDefault="0047700D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06E41D46" w14:textId="77777777" w:rsidR="001E2143" w:rsidRDefault="001E2143">
+    <w:p w14:paraId="0D6D2988" w14:textId="77777777" w:rsidR="0047700D" w:rsidRDefault="0047700D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7843C2AC" w14:textId="77777777" w:rsidR="001E2143" w:rsidRDefault="001E2143">
+    <w:p w14:paraId="2FDF0AE4" w14:textId="77777777" w:rsidR="0047700D" w:rsidRDefault="0047700D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...383 lines deleted...]
-      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="529C3D8B" w14:textId="77777777" w:rsidR="001E2143" w:rsidRDefault="001E2143">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4EF1EF76" w14:textId="77777777" w:rsidR="001E2143" w:rsidRDefault="001E2143">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="327C6646" w14:textId="77777777" w:rsidR="001E2143" w:rsidRDefault="001E2143">
       <w:pPr>
@@ -5899,66 +5558,73 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Noto Sans CJK SC Regular"/>
           <w:kern w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve">- иные действия связанные с вышеуказанной целью. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D3AB171" w14:textId="77777777" w:rsidR="000404B1" w:rsidRPr="00E407E3" w:rsidRDefault="000404B1" w:rsidP="000404B1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5670"/>
           <w:tab w:val="left" w:pos="7490"/>
         </w:tabs>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Noto Sans CJK SC Regular"/>
           <w:kern w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E407E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Noto Sans CJK SC Regular"/>
           <w:kern w:val="2"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Настоящее согласие предоставляется на осуществление представител</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Noto Sans CJK SC Regular"/>
           <w:kern w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve">ям оргкомитета </w:t>
       </w:r>
       <w:r w:rsidRPr="00E407E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Noto Sans CJK SC Regular"/>
           <w:kern w:val="2"/>
         </w:rPr>
-        <w:t>следующих действий в отношении персональных данных: сбор, систематизация, накопление, хранение, уточнение (обновление, изменение), использование (только в указанных выше целях), публикации на официальных сайтах организаторов работ у</w:t>
+        <w:t xml:space="preserve">следующих действий в отношении персональных данных: сбор, систематизация, накопление, хранение, уточнение (обновление, изменение), использование (только в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E407E3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Noto Sans CJK SC Regular"/>
+          <w:kern w:val="2"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>указанных выше целях), публикации на официальных сайтах организаторов работ у</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Noto Sans CJK SC Regular"/>
           <w:kern w:val="2"/>
         </w:rPr>
         <w:t>частников</w:t>
       </w:r>
       <w:r w:rsidRPr="00E407E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Noto Sans CJK SC Regular"/>
           <w:kern w:val="2"/>
         </w:rPr>
         <w:t>, обезличивание, блокирование, уничтожение.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00E407E3">
         <w:rPr>
           <w:rFonts w:eastAsia="Noto Sans CJK SC Regular"/>
           <w:kern w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> Я даю согласие на обработку персональных данных </w:t>
       </w:r>
       <w:r w:rsidRPr="00E407E3">
         <w:rPr>
@@ -6151,58 +5817,58 @@
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D24FCF" w:rsidRPr="00D17C23" w:rsidSect="00EA7EA0">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1418" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="326" w:charSpace="-6145"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6152B296" w14:textId="77777777" w:rsidR="00C81B48" w:rsidRDefault="00C81B48" w:rsidP="00D24FCF">
+    <w:p w14:paraId="2167F259" w14:textId="77777777" w:rsidR="00931177" w:rsidRDefault="00931177" w:rsidP="00D24FCF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7C5FA1CC" w14:textId="77777777" w:rsidR="00C81B48" w:rsidRDefault="00C81B48" w:rsidP="00D24FCF">
+    <w:p w14:paraId="56FC00D8" w14:textId="77777777" w:rsidR="00931177" w:rsidRDefault="00931177" w:rsidP="00D24FCF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -6286,58 +5952,58 @@
   <w:font w:name="DejaVu Sans">
     <w:altName w:val="MS Gothic"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Noto Sans CJK SC Regular">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="444A666F" w14:textId="77777777" w:rsidR="00C81B48" w:rsidRDefault="00C81B48" w:rsidP="00D24FCF">
+    <w:p w14:paraId="24CA9446" w14:textId="77777777" w:rsidR="00931177" w:rsidRDefault="00931177" w:rsidP="00D24FCF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="795F70A5" w14:textId="77777777" w:rsidR="00C81B48" w:rsidRDefault="00C81B48" w:rsidP="00D24FCF">
+    <w:p w14:paraId="43BA86AF" w14:textId="77777777" w:rsidR="00931177" w:rsidRDefault="00931177" w:rsidP="00D24FCF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="1866458E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E4120814"/>
     <w:lvl w:ilvl="0" w:tplc="336C39A6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
@@ -7900,101 +7566,104 @@
     <w:rsid w:val="00261DBB"/>
     <w:rsid w:val="00286536"/>
     <w:rsid w:val="00292690"/>
     <w:rsid w:val="002B17EB"/>
     <w:rsid w:val="002B7D38"/>
     <w:rsid w:val="002C3468"/>
     <w:rsid w:val="002C3DB2"/>
     <w:rsid w:val="002D0352"/>
     <w:rsid w:val="002D76EB"/>
     <w:rsid w:val="002E3282"/>
     <w:rsid w:val="002F74A9"/>
     <w:rsid w:val="00300AF4"/>
     <w:rsid w:val="00303188"/>
     <w:rsid w:val="00324284"/>
     <w:rsid w:val="0032442B"/>
     <w:rsid w:val="003250A5"/>
     <w:rsid w:val="00345C5B"/>
     <w:rsid w:val="00371E91"/>
     <w:rsid w:val="00385945"/>
     <w:rsid w:val="00394892"/>
     <w:rsid w:val="003B71F7"/>
     <w:rsid w:val="003E1E74"/>
     <w:rsid w:val="003F0238"/>
     <w:rsid w:val="00404D91"/>
     <w:rsid w:val="00423284"/>
+    <w:rsid w:val="0047700D"/>
     <w:rsid w:val="004876D8"/>
     <w:rsid w:val="004A563A"/>
     <w:rsid w:val="004C74F4"/>
     <w:rsid w:val="004D3143"/>
     <w:rsid w:val="004E0A96"/>
     <w:rsid w:val="0052056D"/>
     <w:rsid w:val="00545DDA"/>
     <w:rsid w:val="005504A0"/>
     <w:rsid w:val="00564A67"/>
     <w:rsid w:val="0056506B"/>
     <w:rsid w:val="00574E87"/>
     <w:rsid w:val="00592BF5"/>
+    <w:rsid w:val="00593C65"/>
     <w:rsid w:val="005B3604"/>
     <w:rsid w:val="005D3394"/>
     <w:rsid w:val="005F3E24"/>
     <w:rsid w:val="00604C54"/>
     <w:rsid w:val="00616E25"/>
     <w:rsid w:val="0062661F"/>
     <w:rsid w:val="0062667D"/>
     <w:rsid w:val="00646C3F"/>
     <w:rsid w:val="006476E1"/>
     <w:rsid w:val="00653C99"/>
     <w:rsid w:val="00661BE4"/>
     <w:rsid w:val="00681CA5"/>
     <w:rsid w:val="006A407C"/>
     <w:rsid w:val="006A7879"/>
     <w:rsid w:val="006C0929"/>
     <w:rsid w:val="006C5594"/>
     <w:rsid w:val="006D6519"/>
     <w:rsid w:val="006E643D"/>
     <w:rsid w:val="006F3B8D"/>
     <w:rsid w:val="00710CFF"/>
     <w:rsid w:val="007B0D1B"/>
     <w:rsid w:val="007B4377"/>
     <w:rsid w:val="007D5DD5"/>
     <w:rsid w:val="007D7754"/>
     <w:rsid w:val="00805426"/>
     <w:rsid w:val="00831F01"/>
     <w:rsid w:val="00832838"/>
     <w:rsid w:val="00852214"/>
     <w:rsid w:val="00862004"/>
     <w:rsid w:val="008703AA"/>
     <w:rsid w:val="008900EC"/>
     <w:rsid w:val="008B567E"/>
     <w:rsid w:val="008C0CB3"/>
     <w:rsid w:val="008D0157"/>
     <w:rsid w:val="008D09F0"/>
     <w:rsid w:val="008D55FF"/>
     <w:rsid w:val="008E788B"/>
     <w:rsid w:val="008F22F4"/>
     <w:rsid w:val="009239B3"/>
+    <w:rsid w:val="00931177"/>
     <w:rsid w:val="00943EB7"/>
     <w:rsid w:val="0095174E"/>
     <w:rsid w:val="00965EDF"/>
     <w:rsid w:val="00984ABF"/>
     <w:rsid w:val="00985B4A"/>
     <w:rsid w:val="009866B0"/>
     <w:rsid w:val="009931AB"/>
     <w:rsid w:val="009945EF"/>
     <w:rsid w:val="009950C0"/>
     <w:rsid w:val="009B5326"/>
     <w:rsid w:val="009D2340"/>
     <w:rsid w:val="009D72AB"/>
     <w:rsid w:val="00A14617"/>
     <w:rsid w:val="00A57171"/>
     <w:rsid w:val="00A65ADC"/>
     <w:rsid w:val="00A67AB1"/>
     <w:rsid w:val="00A73225"/>
     <w:rsid w:val="00A828D4"/>
     <w:rsid w:val="00AB594F"/>
     <w:rsid w:val="00AC2F9C"/>
     <w:rsid w:val="00AD0BF3"/>
     <w:rsid w:val="00AD2BF7"/>
     <w:rsid w:val="00B1581C"/>
     <w:rsid w:val="00B2464E"/>
     <w:rsid w:val="00B273E9"/>
@@ -8009,50 +7678,51 @@
     <w:rsid w:val="00C3059F"/>
     <w:rsid w:val="00C462C8"/>
     <w:rsid w:val="00C51C2B"/>
     <w:rsid w:val="00C65F48"/>
     <w:rsid w:val="00C81B48"/>
     <w:rsid w:val="00C854DE"/>
     <w:rsid w:val="00C906C6"/>
     <w:rsid w:val="00CA3AB4"/>
     <w:rsid w:val="00CB1A87"/>
     <w:rsid w:val="00CB22B9"/>
     <w:rsid w:val="00CB2D44"/>
     <w:rsid w:val="00CD69F0"/>
     <w:rsid w:val="00D14FD0"/>
     <w:rsid w:val="00D17C23"/>
     <w:rsid w:val="00D24FCF"/>
     <w:rsid w:val="00D31035"/>
     <w:rsid w:val="00D504BD"/>
     <w:rsid w:val="00D515D1"/>
     <w:rsid w:val="00D54877"/>
     <w:rsid w:val="00D72A47"/>
     <w:rsid w:val="00D764FC"/>
     <w:rsid w:val="00D8742D"/>
     <w:rsid w:val="00D93B42"/>
     <w:rsid w:val="00E00641"/>
     <w:rsid w:val="00E05F9B"/>
+    <w:rsid w:val="00E12D47"/>
     <w:rsid w:val="00E16BE6"/>
     <w:rsid w:val="00E239CD"/>
     <w:rsid w:val="00E34A4E"/>
     <w:rsid w:val="00E36A4E"/>
     <w:rsid w:val="00E50F79"/>
     <w:rsid w:val="00EA7EA0"/>
     <w:rsid w:val="00EB3040"/>
     <w:rsid w:val="00EC4C18"/>
     <w:rsid w:val="00ED0E7B"/>
     <w:rsid w:val="00ED6B3A"/>
     <w:rsid w:val="00EE1D86"/>
     <w:rsid w:val="00F22A35"/>
     <w:rsid w:val="00F4470B"/>
     <w:rsid w:val="00F625A2"/>
     <w:rsid w:val="00F80F4B"/>
     <w:rsid w:val="00FF4994"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
@@ -13319,79 +12989,79 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{36D8B8A7-8BB8-46F2-8011-46D828359996}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8D4ECFFB-FD96-4D22-8658-BC1EAA81E612}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>7603</Characters>
+  <Pages>1</Pages>
+  <Words>1328</Words>
+  <Characters>7573</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>63</Lines>
   <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8919</CharactersWithSpaces>
+  <CharactersWithSpaces>8884</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь Windows</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>ru-RU</dc:language>
 </cp:coreProperties>
 </file>