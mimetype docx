--- v1 (2025-12-16)
+++ v2 (2026-02-10)
@@ -125,136 +125,128 @@
       <w:r w:rsidR="00C029EA" w:rsidRPr="0052056D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="DejaVu Sans" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ОБЩИЕ ПОЛОЖЕНИЯ</w:t>
       </w:r>
       <w:r w:rsidR="00001A96" w:rsidRPr="0052056D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="DejaVu Sans" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10E33F48" w14:textId="3FB631D9" w:rsidR="0052056D" w:rsidRDefault="0052056D" w:rsidP="0052056D">
+    <w:p w14:paraId="10E33F48" w14:textId="5B25693D" w:rsidR="0052056D" w:rsidRDefault="0052056D" w:rsidP="0052056D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0052056D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">1.1 </w:t>
       </w:r>
-      <w:r w:rsidR="00AD2BF7" w:rsidRPr="0052056D">
-[...13 lines deleted...]
-        <w:t>ый</w:t>
+      <w:r w:rsidR="00F730F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Финальный</w:t>
       </w:r>
       <w:r w:rsidR="0013051C" w:rsidRPr="0052056D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> этап </w:t>
       </w:r>
       <w:r w:rsidR="00185B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>фестиваля</w:t>
       </w:r>
       <w:r w:rsidR="0013051C" w:rsidRPr="0052056D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> проводится в рамках </w:t>
       </w:r>
       <w:r w:rsidR="00E34A4E" w:rsidRPr="0052056D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">открытого городского </w:t>
       </w:r>
       <w:r w:rsidR="000D0260" w:rsidRPr="0052056D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Ф</w:t>
       </w:r>
       <w:r w:rsidR="0013051C" w:rsidRPr="0052056D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>естиваля профессиональных проб.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B03734D" w14:textId="77777777" w:rsidR="00C3059F" w:rsidRDefault="0052056D" w:rsidP="0052056D">
+    <w:p w14:paraId="3B03734D" w14:textId="4031942A" w:rsidR="00C3059F" w:rsidRDefault="0052056D" w:rsidP="0052056D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">1.2 </w:t>
       </w:r>
       <w:r w:rsidR="0013051C" w:rsidRPr="0052056D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -286,57 +278,65 @@
       </w:r>
       <w:r w:rsidR="0013051C" w:rsidRPr="0052056D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> устанавлива</w:t>
       </w:r>
       <w:r w:rsidR="002C3DB2" w:rsidRPr="0052056D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ю</w:t>
       </w:r>
       <w:r w:rsidR="0013051C" w:rsidRPr="0052056D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">т порядок и условия проведения </w:t>
       </w:r>
+      <w:r w:rsidR="00F730F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>финального</w:t>
+      </w:r>
       <w:r w:rsidR="00185B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>отборочного этапа</w:t>
+        <w:t xml:space="preserve"> этапа</w:t>
       </w:r>
       <w:r w:rsidR="0013051C" w:rsidRPr="0052056D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005F3E24" w:rsidRPr="0052056D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>по направлению «</w:t>
       </w:r>
       <w:r w:rsidR="009D72AB" w:rsidRPr="0052056D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -558,101 +558,109 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> «</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="0013051C" w:rsidRPr="00A73225">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Центр</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="0013051C" w:rsidRPr="00A73225">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> профессионального самоопределения».</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AE8DC7B" w14:textId="152F4302" w:rsidR="00BE568A" w:rsidRPr="00A73225" w:rsidRDefault="0052056D" w:rsidP="00C145F6">
+    <w:p w14:paraId="2AE8DC7B" w14:textId="37DC1CED" w:rsidR="00BE568A" w:rsidRPr="00A73225" w:rsidRDefault="0052056D" w:rsidP="00C145F6">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:r w:rsidR="00185B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="0013051C" w:rsidRPr="00A73225">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Да</w:t>
       </w:r>
       <w:r w:rsidR="003F0238" w:rsidRPr="00A73225">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">та проведения </w:t>
       </w:r>
+      <w:r w:rsidR="00F730F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>финального</w:t>
+      </w:r>
       <w:r w:rsidR="00C906C6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>отборочного этапа</w:t>
+        <w:t xml:space="preserve"> этапа</w:t>
       </w:r>
       <w:r w:rsidR="003F0238" w:rsidRPr="00A73225">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="008F22F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="008F22F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -3364,70 +3372,90 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="27F63C2F" w14:textId="77777777" w:rsidR="00CB2D44" w:rsidRDefault="008D55FF" w:rsidP="008D55FF">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">Заявка </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="064A5323" w14:textId="4871E155" w:rsidR="008D55FF" w:rsidRPr="00CB2D44" w:rsidRDefault="00CB2D44" w:rsidP="008D55FF">
+    <w:p w14:paraId="064A5323" w14:textId="66657804" w:rsidR="008D55FF" w:rsidRPr="00CB2D44" w:rsidRDefault="00CB2D44" w:rsidP="008D55FF">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">на отборочный этап </w:t>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidR="00F730F2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>финальный</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> этап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>открытого городского Фестиваля профессиональных проб</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> по направлению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
@@ -4552,52 +4580,50 @@
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D6D2988" w14:textId="77777777" w:rsidR="0047700D" w:rsidRDefault="0047700D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2FDF0AE4" w14:textId="77777777" w:rsidR="0047700D" w:rsidRDefault="0047700D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="529C3D8B" w14:textId="77777777" w:rsidR="001E2143" w:rsidRDefault="001E2143">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4EF1EF76" w14:textId="77777777" w:rsidR="001E2143" w:rsidRDefault="001E2143">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="327C6646" w14:textId="77777777" w:rsidR="001E2143" w:rsidRDefault="001E2143">
       <w:pPr>
@@ -5817,115 +5843,116 @@
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D24FCF" w:rsidRPr="00D17C23" w:rsidSect="00EA7EA0">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1418" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="326" w:charSpace="-6145"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2167F259" w14:textId="77777777" w:rsidR="00931177" w:rsidRDefault="00931177" w:rsidP="00D24FCF">
+    <w:p w14:paraId="6F5B00A5" w14:textId="77777777" w:rsidR="00F75610" w:rsidRDefault="00F75610" w:rsidP="00D24FCF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="56FC00D8" w14:textId="77777777" w:rsidR="00931177" w:rsidRDefault="00931177" w:rsidP="00D24FCF">
+    <w:p w14:paraId="2CF5E4B6" w14:textId="77777777" w:rsidR="00F75610" w:rsidRDefault="00F75610" w:rsidP="00D24FCF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="OpenSymbol;Arial Unicode MS">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="OpenSymbol">
     <w:altName w:val="Arial Unicode MS"/>
     <w:charset w:val="01"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Liberation Serif">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="01"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000004" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Noto Sans CJK SC">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Lohit Devanagari">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Liberation Sans">
     <w:altName w:val="Arial Unicode MS"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
@@ -5952,58 +5979,58 @@
   <w:font w:name="DejaVu Sans">
     <w:altName w:val="MS Gothic"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Noto Sans CJK SC Regular">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="24CA9446" w14:textId="77777777" w:rsidR="00931177" w:rsidRDefault="00931177" w:rsidP="00D24FCF">
+    <w:p w14:paraId="6878105D" w14:textId="77777777" w:rsidR="00F75610" w:rsidRDefault="00F75610" w:rsidP="00D24FCF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="43BA86AF" w14:textId="77777777" w:rsidR="00931177" w:rsidRDefault="00931177" w:rsidP="00D24FCF">
+    <w:p w14:paraId="0AB89F0C" w14:textId="77777777" w:rsidR="00F75610" w:rsidRDefault="00F75610" w:rsidP="00D24FCF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="1866458E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E4120814"/>
     <w:lvl w:ilvl="0" w:tplc="336C39A6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
@@ -7693,50 +7720,52 @@
     <w:rsid w:val="00D31035"/>
     <w:rsid w:val="00D504BD"/>
     <w:rsid w:val="00D515D1"/>
     <w:rsid w:val="00D54877"/>
     <w:rsid w:val="00D72A47"/>
     <w:rsid w:val="00D764FC"/>
     <w:rsid w:val="00D8742D"/>
     <w:rsid w:val="00D93B42"/>
     <w:rsid w:val="00E00641"/>
     <w:rsid w:val="00E05F9B"/>
     <w:rsid w:val="00E12D47"/>
     <w:rsid w:val="00E16BE6"/>
     <w:rsid w:val="00E239CD"/>
     <w:rsid w:val="00E34A4E"/>
     <w:rsid w:val="00E36A4E"/>
     <w:rsid w:val="00E50F79"/>
     <w:rsid w:val="00EA7EA0"/>
     <w:rsid w:val="00EB3040"/>
     <w:rsid w:val="00EC4C18"/>
     <w:rsid w:val="00ED0E7B"/>
     <w:rsid w:val="00ED6B3A"/>
     <w:rsid w:val="00EE1D86"/>
     <w:rsid w:val="00F22A35"/>
     <w:rsid w:val="00F4470B"/>
     <w:rsid w:val="00F625A2"/>
+    <w:rsid w:val="00F730F2"/>
+    <w:rsid w:val="00F75610"/>
     <w:rsid w:val="00F80F4B"/>
     <w:rsid w:val="00FF4994"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="" w:eastAsia="" w:bidi=""/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -12974,94 +13003,94 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8D4ECFFB-FD96-4D22-8658-BC1EAA81E612}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F34A2CD4-80F2-4B01-8C6B-55EA5BF8F44C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>7573</Characters>
+  <Pages>6</Pages>
+  <Words>1327</Words>
+  <Characters>7570</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>63</Lines>
   <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8884</CharactersWithSpaces>
+  <CharactersWithSpaces>8880</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь Windows</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>ru-RU</dc:language>
 </cp:coreProperties>
 </file>